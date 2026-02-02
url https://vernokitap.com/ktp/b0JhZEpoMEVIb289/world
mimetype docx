--- v0 (2025-10-23)
+++ v1 (2026-02-02)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verno Kitap Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Kule Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:292.75pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -125,72 +125,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR CMYK 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>