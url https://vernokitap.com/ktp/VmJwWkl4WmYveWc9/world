--- v0 (2026-01-11)
+++ v1 (2026-03-21)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR CMYK 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255779489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">478,00 TL</w:t>
+              <w:t xml:space="preserve">750,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -358,51 +358,71 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">.</w:t>
+              <w:t xml:space="preserve">Pluviofiller</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yağmurun Kalbine Yolculuk</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yağmur... Kimi için sadece ıslanmak, kimi içinse yeniden doğmaktır. Bu kitap, yağmurun sesine kulak verenlerin, gökyüzüyle sessiz bir bağ kuranların içsel yolculuğunu anlatıyor. Her damla, bir hatırayı uyandırır; her fırtına, bir duyguyu yeniden şekillendirir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yağmurun altında yürüyen o silüet belki de sizsiniz...</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu metni bir sunumda veya başka .</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>