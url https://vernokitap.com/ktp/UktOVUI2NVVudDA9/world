--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -174,51 +174,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -258,51 +258,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786259815046</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">590,00 TL</w:t>
+              <w:t xml:space="preserve">850,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esengül Ersoy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>