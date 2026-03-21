--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786057946140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">488,00 TL</w:t>
+              <w:t xml:space="preserve">732,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Şükran Onay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Günümüzde güvenlik sistemleri artık yaşamımızın bir parçası olmaktadır. Bu sistemlerin çalışma prensipleri ve teknik olarak nasıl kurulumlar yapılacağı ve kullanacağını detaylarıyla anlattım.Kapalı Devre Kamera Sistemleri (CCTV), Hırsız ve Yangın Algılama İhbar Sistemleri, Mağaza Anten Güvenlik Sistemleri, Geçiş Kontrol Sistemleri, Çevre Güvenlik Sistemleri ve Arama Dedektör Sistemleri ana başlıkları altında bilgilendirmelerde bulundum. Bu sistemlerin projelendirme ve güvenlik risklerinin detayları ile ortaya koydum.Güvenilir bir yaşamda yaşamak için teknolojinin hayatımızdaki yeri ve bu sistemlerin ticari satış ve farklı alanlarda nasıl değerlendirildiğini anlattım...Güvenle kalın...</w:t>
+              <w:t xml:space="preserve">Günümüzde güvenlik sistemleri artık yaşamımızın bir parçası olmaktadır. Bu sistemlerin çalışma prensipleri ve teknik olarak nasıl kurulumlar yapılacağı ve kullanacağını detaylarıyla anlattım. Kapalı Devre Kamera Sistemleri (CCTV), Hırsız ve Yangın Algılama İhbar Sistemleri, Mağaza Anten Güvenlik Sistemleri, Geçiş Kontrol Sistemleri, Çevre Güvenlik Sistemleri ve Arama Dedektör Sistemleri ana başlıkları altında bilgilendirmelerde bulundum. Bu sistemlerin projelendirme ve güvenlik risklerinin detayları ile ortaya koydum. Güvenilir bir yaşamda yaşamak için teknolojinin hayatımızdaki yeri ve bu sistemlerin ticari satış ve farklı alanlarda nasıl değerlendirildiğini anlattım... Güvenle kalın...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>