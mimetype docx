--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR SB 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256831544</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">182,00 TL</w:t>
+              <w:t xml:space="preserve">320,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esra Nur Yıldırım</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yeryüzünde yaşayan her canlı hayatta kalma ve yaşam mücadelesi verir. Hayvanlar ve insanlar aynı dünyayı paylaşan varlıklardır. Tıpkı yavru bir köpeğin mahallede yaşamaya çalışması gibi…Yamuk Kulak ve Ece`nin tesadüfen yollarının kesişmesine ve birbirlerine bağlanmalarına tanıklık etmeye hazır olun!</w:t>
+              <w:t xml:space="preserve">Yeryüzünde yaşayan her canlı hayatta kalma ve yaşam mücadelesi verir. Hayvanlar ve insanlar aynı dünyayı paylaşan varlıklardır. Tıpkı yavru bir köpeğin mahallede yaşamaya çalışması gibi… Yamuk Kulak ve Ece'nin tesadüfen yollarının kesişmesine ve birbirlerine bağlanmalarına tanıklık etmeye hazır olun!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>